--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -38,54 +38,54 @@
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Matavfall som rötas</t>
   </si>
   <si>
     <t>SE.7.3</t>
   </si>
   <si>
     <t>Ekerö</t>
   </si>
   <si>
-    <t>Stockholms län</t>
+    <t>Riket</t>
   </si>
   <si>
-    <t>Riket</t>
+    <t>Stockholms län</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -601,382 +601,382 @@
       </c>
       <c r="E9" s="3">
         <v>2024</v>
       </c>
       <c r="F9">
         <v>34</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="2">
         <v>42369</v>
       </c>
       <c r="E10" s="3">
         <v>2015</v>
       </c>
       <c r="F10">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" s="2">
         <v>42369</v>
       </c>
       <c r="E11" s="3">
         <v>2015</v>
       </c>
       <c r="F11">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="2">
         <v>42735</v>
       </c>
       <c r="E12" s="3">
         <v>2016</v>
       </c>
       <c r="F12">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="2">
         <v>42735</v>
       </c>
       <c r="E13" s="3">
         <v>2016</v>
       </c>
       <c r="F13">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>43100</v>
       </c>
       <c r="E14" s="3">
         <v>2017</v>
       </c>
       <c r="F14">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D15" s="2">
         <v>43100</v>
       </c>
       <c r="E15" s="3">
         <v>2017</v>
       </c>
       <c r="F15">
         <v>20</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D16" s="2">
         <v>43465</v>
       </c>
       <c r="E16" s="3">
         <v>2018</v>
       </c>
       <c r="F16">
         <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D17" s="2">
         <v>43465</v>
       </c>
       <c r="E17" s="3">
         <v>2018</v>
       </c>
       <c r="F17">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2">
         <v>43830</v>
       </c>
       <c r="E18" s="3">
         <v>2019</v>
       </c>
       <c r="F18">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
         <v>43830</v>
       </c>
       <c r="E19" s="3">
         <v>2019</v>
       </c>
       <c r="F19">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D20" s="2">
         <v>44196</v>
       </c>
       <c r="E20" s="3">
         <v>2020</v>
       </c>
       <c r="F20">
         <v>29</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D21" s="2">
         <v>44196</v>
       </c>
       <c r="E21" s="3">
         <v>2020</v>
       </c>
       <c r="F21">
         <v>24</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D22" s="2">
         <v>44561</v>
       </c>
       <c r="E22" s="3">
         <v>2021</v>
       </c>
       <c r="F22">
         <v>33</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D23" s="2">
         <v>44561</v>
       </c>
       <c r="E23" s="3">
         <v>2021</v>
       </c>
       <c r="F23">
         <v>28</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D24" s="2">
         <v>44926</v>
       </c>
       <c r="E24" s="3">
         <v>2022</v>
       </c>
       <c r="F24">
         <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D25" s="2">
         <v>44926</v>
       </c>
       <c r="E25" s="3">
         <v>2022</v>
       </c>
       <c r="F25">
         <v>30</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D26" s="2">
         <v>45291</v>
       </c>
       <c r="E26" s="3">
         <v>2023</v>
       </c>
       <c r="F26">
         <v>33</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D27" s="2">
         <v>45291</v>
       </c>
       <c r="E27" s="3">
         <v>2023</v>
       </c>
       <c r="F27">
         <v>32</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2">
         <v>45657</v>
       </c>
       <c r="E28" s="3">